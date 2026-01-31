--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1795,51 +1795,51 @@
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E16">
         <v>-4</v>
       </c>
       <c r="F16">
         <v>50</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
         <v>124064</v>
       </c>
       <c r="I16" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J16">
         <v>-4</v>
       </c>
       <c r="K16">
         <v>50</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
@@ -5980,212 +5980,215 @@
       </c>
       <c r="Z63">
         <v>3</v>
       </c>
       <c r="AA63">
         <v>2</v>
       </c>
       <c r="AB63">
         <v>4</v>
       </c>
       <c r="AC63">
         <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>GEN</v>
       </c>
       <c r="B64" t="str">
         <v>T63</v>
       </c>
       <c r="C64">
         <v>63</v>
       </c>
       <c r="D64" t="str">
-        <v>Kenny Brainerd</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E64">
         <v>11</v>
       </c>
       <c r="F64">
         <v>65</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
       <c r="H64">
-        <v>308306</v>
+        <v>272650</v>
       </c>
       <c r="I64" t="str">
-        <v>okberd</v>
+        <v>scottdedman</v>
       </c>
       <c r="J64">
         <v>11</v>
       </c>
       <c r="K64">
         <v>65</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>3</v>
       </c>
       <c r="N64">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="O64">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P64">
         <v>4</v>
       </c>
       <c r="Q64">
         <v>3</v>
       </c>
       <c r="R64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S64">
         <v>3</v>
       </c>
       <c r="T64">
         <v>3</v>
       </c>
       <c r="U64">
         <v>4</v>
       </c>
       <c r="V64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W64">
         <v>3</v>
       </c>
       <c r="X64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y64">
         <v>4</v>
       </c>
       <c r="Z64">
         <v>4</v>
       </c>
       <c r="AA64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC64">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>GEN</v>
       </c>
       <c r="B65" t="str">
         <v>T63</v>
       </c>
       <c r="C65">
         <v>63</v>
       </c>
       <c r="D65" t="str">
-        <v>Scott Dedman</v>
+        <v>Kenny Brainerd</v>
       </c>
       <c r="E65">
         <v>11</v>
       </c>
       <c r="F65">
         <v>65</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
+      <c r="H65">
+        <v>308306</v>
+      </c>
       <c r="I65" t="str">
-        <v>forbosis</v>
+        <v>okberd</v>
       </c>
       <c r="J65">
         <v>11</v>
       </c>
       <c r="K65">
         <v>65</v>
       </c>
       <c r="L65">
         <v>4</v>
       </c>
       <c r="M65">
         <v>3</v>
       </c>
       <c r="N65">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="O65">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P65">
         <v>4</v>
       </c>
       <c r="Q65">
         <v>3</v>
       </c>
       <c r="R65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S65">
         <v>3</v>
       </c>
       <c r="T65">
         <v>3</v>
       </c>
       <c r="U65">
         <v>4</v>
       </c>
       <c r="V65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W65">
         <v>3</v>
       </c>
       <c r="X65">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y65">
         <v>4</v>
       </c>
       <c r="Z65">
         <v>4</v>
       </c>
       <c r="AA65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC65">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>GEN</v>
       </c>
       <c r="B66" t="str">
         <v>65</v>
       </c>
       <c r="C66">
         <v>65</v>
       </c>
       <c r="D66" t="str">
         <v xml:space="preserve">Brian Smith </v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
         <v>66</v>
       </c>
       <c r="G66">
         <v>1</v>
       </c>
       <c r="H66">