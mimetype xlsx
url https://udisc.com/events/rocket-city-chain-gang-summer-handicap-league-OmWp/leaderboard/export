--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -2231,51 +2231,51 @@
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E21">
         <v>-3</v>
       </c>
       <c r="F21">
         <v>51</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21">
         <v>124064</v>
       </c>
       <c r="I21" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J21">
         <v>-3</v>
       </c>
       <c r="K21">
         <v>51</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
@@ -5988,52 +5988,55 @@
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>GEN</v>
       </c>
       <c r="B64" t="str">
         <v>63</v>
       </c>
       <c r="C64">
         <v>63</v>
       </c>
       <c r="D64" t="str">
         <v>Scott Dedman</v>
       </c>
       <c r="E64">
         <v>7</v>
       </c>
       <c r="F64">
         <v>61</v>
       </c>
       <c r="G64">
         <v>1</v>
       </c>
+      <c r="H64">
+        <v>272650</v>
+      </c>
       <c r="I64" t="str">
-        <v>forbosis</v>
+        <v>scottdedman</v>
       </c>
       <c r="J64">
         <v>7</v>
       </c>
       <c r="K64">
         <v>61</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>3</v>
       </c>
       <c r="N64">
         <v>4</v>
       </c>
       <c r="O64">
         <v>5</v>
       </c>
       <c r="P64">
         <v>2</v>
       </c>
       <c r="Q64">
         <v>3</v>
       </c>