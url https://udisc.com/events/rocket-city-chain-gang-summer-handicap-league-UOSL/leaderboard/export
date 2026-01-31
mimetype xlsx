--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -736,51 +736,51 @@
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
         <v>124064</v>
       </c>
       <c r="I4" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J4">
         <v>-7</v>
       </c>
       <c r="K4">
         <v>47</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
@@ -2928,295 +2928,298 @@
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>2</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Conrad Brown</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>55</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
+      <c r="H29">
+        <v>272650</v>
+      </c>
       <c r="I29" t="str">
-        <v>cordless</v>
+        <v>scottdedman</v>
       </c>
       <c r="J29">
         <v>1</v>
       </c>
       <c r="K29">
         <v>55</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>4</v>
       </c>
       <c r="U29">
         <v>3</v>
       </c>
       <c r="V29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
         <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>Jeremy cook</v>
+        <v>Conrad Brown</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="I30" t="str">
-        <v>snailtrail420</v>
+        <v>cordless</v>
       </c>
       <c r="J30">
         <v>1</v>
       </c>
       <c r="K30">
         <v>55</v>
       </c>
       <c r="L30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>4</v>
       </c>
       <c r="Q30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R30">
         <v>3</v>
       </c>
       <c r="S30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
       <c r="AC30">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T26</v>
       </c>
       <c r="C31">
         <v>26</v>
       </c>
       <c r="D31" t="str">
-        <v>Scott Dedman</v>
+        <v>Jeremy cook</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31">
         <v>1</v>
       </c>
       <c r="I31" t="str">
-        <v>forbosis</v>
+        <v>snailtrail420</v>
       </c>
       <c r="J31">
         <v>1</v>
       </c>
       <c r="K31">
         <v>55</v>
       </c>
       <c r="L31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
       <c r="AC31">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T26</v>
       </c>
       <c r="C32">
         <v>26</v>
       </c>
       <c r="D32" t="str">
         <v>Toby kridle</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
         <v>55</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="I32" t="str">