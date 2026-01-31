--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1795,51 +1795,51 @@
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T12</v>
       </c>
       <c r="C16">
         <v>12</v>
       </c>
       <c r="D16" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E16">
         <v>-3</v>
       </c>
       <c r="F16">
         <v>51</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
         <v>124064</v>
       </c>
       <c r="I16" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J16">
         <v>-3</v>
       </c>
       <c r="K16">
         <v>51</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
@@ -6066,298 +6066,301 @@
       </c>
       <c r="Z64">
         <v>4</v>
       </c>
       <c r="AA64">
         <v>3</v>
       </c>
       <c r="AB64">
         <v>3</v>
       </c>
       <c r="AC64">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>GEN</v>
       </c>
       <c r="B65" t="str">
         <v>T64</v>
       </c>
       <c r="C65">
         <v>64</v>
       </c>
       <c r="D65" t="str">
-        <v xml:space="preserve">David Konecny </v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E65">
         <v>8</v>
       </c>
       <c r="F65">
         <v>62</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
       <c r="H65">
-        <v>300739</v>
+        <v>272650</v>
       </c>
       <c r="I65" t="str">
-        <v>jayko910</v>
+        <v>scottdedman</v>
       </c>
       <c r="J65">
         <v>8</v>
       </c>
       <c r="K65">
         <v>62</v>
       </c>
       <c r="L65">
         <v>4</v>
       </c>
       <c r="M65">
         <v>4</v>
       </c>
       <c r="N65">
+        <v>4</v>
+      </c>
+      <c r="O65">
         <v>5</v>
       </c>
-      <c r="O65">
-[...1 lines deleted...]
-      </c>
       <c r="P65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T65">
         <v>3</v>
       </c>
       <c r="U65">
         <v>4</v>
       </c>
       <c r="V65">
         <v>3</v>
       </c>
       <c r="W65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z65">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC65">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>GEN</v>
       </c>
       <c r="B66" t="str">
         <v>T64</v>
       </c>
       <c r="C66">
         <v>64</v>
       </c>
       <c r="D66" t="str">
-        <v>Isaac Graves</v>
+        <v xml:space="preserve">David Konecny </v>
       </c>
       <c r="E66">
         <v>8</v>
       </c>
       <c r="F66">
         <v>62</v>
       </c>
       <c r="G66">
         <v>1</v>
       </c>
+      <c r="H66">
+        <v>300739</v>
+      </c>
       <c r="I66" t="str">
-        <v>igraves</v>
+        <v>jayko910</v>
       </c>
       <c r="J66">
         <v>8</v>
       </c>
       <c r="K66">
         <v>62</v>
       </c>
       <c r="L66">
+        <v>4</v>
+      </c>
+      <c r="M66">
+        <v>4</v>
+      </c>
+      <c r="N66">
         <v>5</v>
       </c>
-      <c r="M66">
-[...4 lines deleted...]
-      </c>
       <c r="O66">
         <v>4</v>
       </c>
       <c r="P66">
         <v>3</v>
       </c>
       <c r="Q66">
         <v>3</v>
       </c>
       <c r="R66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T66">
         <v>3</v>
       </c>
       <c r="U66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V66">
         <v>3</v>
       </c>
       <c r="W66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y66">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB66">
         <v>4</v>
       </c>
       <c r="AC66">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>GEN</v>
       </c>
       <c r="B67" t="str">
         <v>T64</v>
       </c>
       <c r="C67">
         <v>64</v>
       </c>
       <c r="D67" t="str">
-        <v>Scott Dedman</v>
+        <v>Isaac Graves</v>
       </c>
       <c r="E67">
         <v>8</v>
       </c>
       <c r="F67">
         <v>62</v>
       </c>
       <c r="G67">
         <v>1</v>
       </c>
       <c r="I67" t="str">
-        <v>forbosis</v>
+        <v>igraves</v>
       </c>
       <c r="J67">
         <v>8</v>
       </c>
       <c r="K67">
         <v>62</v>
       </c>
       <c r="L67">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M67">
         <v>4</v>
       </c>
       <c r="N67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O67">
+        <v>4</v>
+      </c>
+      <c r="P67">
+        <v>3</v>
+      </c>
+      <c r="Q67">
+        <v>3</v>
+      </c>
+      <c r="R67">
+        <v>4</v>
+      </c>
+      <c r="S67">
+        <v>3</v>
+      </c>
+      <c r="T67">
+        <v>3</v>
+      </c>
+      <c r="U67">
+        <v>3</v>
+      </c>
+      <c r="V67">
+        <v>3</v>
+      </c>
+      <c r="W67">
+        <v>3</v>
+      </c>
+      <c r="X67">
+        <v>3</v>
+      </c>
+      <c r="Y67">
         <v>5</v>
       </c>
-      <c r="P67">
-[...28 lines deleted...]
-      </c>
       <c r="Z67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA67">
         <v>3</v>
       </c>
       <c r="AB67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC67">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>GEN</v>
       </c>
       <c r="B68" t="str">
         <v>T67</v>
       </c>
       <c r="C68">
         <v>67</v>
       </c>
       <c r="D68" t="str">
         <v xml:space="preserve">Brian Smith </v>
       </c>
       <c r="E68">
         <v>9</v>
       </c>
       <c r="F68">
         <v>63</v>
       </c>
       <c r="G68">
         <v>1</v>
       </c>
       <c r="H68">