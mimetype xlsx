--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1181,51 +1181,51 @@
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E9">
         <v>-6</v>
       </c>
       <c r="F9">
         <v>48</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
         <v>124064</v>
       </c>
       <c r="I9" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J9">
         <v>-6</v>
       </c>
       <c r="K9">
         <v>48</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
@@ -2658,381 +2658,384 @@
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v xml:space="preserve">Bryan Perry </v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E26">
         <v>-1</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
+      <c r="H26">
+        <v>272650</v>
+      </c>
       <c r="I26" t="str">
-        <v>scottperry43</v>
+        <v>scottdedman</v>
       </c>
       <c r="J26">
         <v>-1</v>
       </c>
       <c r="K26">
         <v>53</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC26">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T24</v>
       </c>
       <c r="C27">
         <v>24</v>
       </c>
       <c r="D27" t="str">
-        <v>Conrad Brown</v>
+        <v xml:space="preserve">Bryan Perry </v>
       </c>
       <c r="E27">
         <v>-1</v>
       </c>
       <c r="F27">
         <v>53</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="I27" t="str">
-        <v>cordless</v>
+        <v>scottperry43</v>
       </c>
       <c r="J27">
         <v>-1</v>
       </c>
       <c r="K27">
         <v>53</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W27">
         <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
       <c r="AC27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T24</v>
       </c>
       <c r="C28">
         <v>24</v>
       </c>
       <c r="D28" t="str">
-        <v>Michael Harbin</v>
+        <v>Conrad Brown</v>
       </c>
       <c r="E28">
         <v>-1</v>
       </c>
       <c r="F28">
         <v>53</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="I28" t="str">
-        <v>mlharbin</v>
+        <v>cordless</v>
       </c>
       <c r="J28">
         <v>-1</v>
       </c>
       <c r="K28">
         <v>53</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T28">
         <v>2</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T24</v>
       </c>
       <c r="C29">
         <v>24</v>
       </c>
       <c r="D29" t="str">
-        <v>Scott Dedman</v>
+        <v>Michael Harbin</v>
       </c>
       <c r="E29">
         <v>-1</v>
       </c>
       <c r="F29">
         <v>53</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="I29" t="str">
-        <v>forbosis</v>
+        <v>mlharbin</v>
       </c>
       <c r="J29">
         <v>-1</v>
       </c>
       <c r="K29">
         <v>53</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>2</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC29">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Brian Elmore</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>54</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">