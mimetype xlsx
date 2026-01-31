--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1267,51 +1267,51 @@
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>48</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>124064</v>
       </c>
       <c r="I10" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J10">
         <v>-6</v>
       </c>
       <c r="K10">
         <v>48</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
@@ -3975,378 +3975,381 @@
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>4</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
       <c r="AC40">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
-        <v xml:space="preserve">Cale james Fox </v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
+      <c r="H41">
+        <v>272650</v>
+      </c>
       <c r="I41" t="str">
-        <v>calefox</v>
+        <v>scottdedman</v>
       </c>
       <c r="J41">
         <v>1</v>
       </c>
       <c r="K41">
         <v>55</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N41">
         <v>3</v>
       </c>
       <c r="O41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>3</v>
       </c>
       <c r="R41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>3</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>3</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC41">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T40</v>
       </c>
       <c r="C42">
         <v>40</v>
       </c>
       <c r="D42" t="str">
-        <v xml:space="preserve">Chris Lee </v>
+        <v xml:space="preserve">Cale james Fox </v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>55</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="I42" t="str">
-        <v>bush256</v>
+        <v>calefox</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <v>55</v>
       </c>
       <c r="L42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
       <c r="AC42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T40</v>
       </c>
       <c r="C43">
         <v>40</v>
       </c>
       <c r="D43" t="str">
-        <v>Joshua Browne</v>
+        <v xml:space="preserve">Chris Lee </v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>55</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="I43" t="str">
-        <v>jbrowne</v>
+        <v>bush256</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>55</v>
       </c>
       <c r="L43">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
         <v>2</v>
       </c>
       <c r="Y43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T40</v>
       </c>
       <c r="C44">
         <v>40</v>
       </c>
       <c r="D44" t="str">
-        <v>Scott Dedman</v>
+        <v>Joshua Browne</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
         <v>55</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="I44" t="str">
-        <v>forbosis</v>
+        <v>jbrowne</v>
       </c>
       <c r="J44">
         <v>1</v>
       </c>
       <c r="K44">
         <v>55</v>
       </c>
       <c r="L44">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y44">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z44">
         <v>3</v>
       </c>
       <c r="AA44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
         <v>Aunya LaRue</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45">
         <v>56</v>
       </c>
       <c r="G45">