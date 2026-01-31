--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -828,51 +828,51 @@
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>48</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>124064</v>
       </c>
       <c r="I5" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J5">
         <v>-6</v>
       </c>
       <c r="K5">
         <v>48</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
@@ -5555,52 +5555,55 @@
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>GEN</v>
       </c>
       <c r="B59" t="str">
         <v>58</v>
       </c>
       <c r="C59">
         <v>58</v>
       </c>
       <c r="D59" t="str">
         <v>Scott Dedman</v>
       </c>
       <c r="E59">
         <v>10</v>
       </c>
       <c r="F59">
         <v>64</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
+      <c r="H59">
+        <v>272650</v>
+      </c>
       <c r="I59" t="str">
-        <v>forbosis</v>
+        <v>scottdedman</v>
       </c>
       <c r="J59">
         <v>10</v>
       </c>
       <c r="K59">
         <v>64</v>
       </c>
       <c r="L59">
         <v>3</v>
       </c>
       <c r="M59">
         <v>3</v>
       </c>
       <c r="N59">
         <v>4</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
         <v>3</v>
       </c>
       <c r="Q59">
         <v>3</v>
       </c>