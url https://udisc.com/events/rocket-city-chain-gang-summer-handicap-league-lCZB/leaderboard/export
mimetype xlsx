--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1184,51 +1184,51 @@
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E9">
         <v>-7</v>
       </c>
       <c r="F9">
         <v>47</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
         <v>124064</v>
       </c>
       <c r="I9" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J9">
         <v>-7</v>
       </c>
       <c r="K9">
         <v>47</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
@@ -4758,295 +4758,298 @@
       </c>
       <c r="Z49">
         <v>3</v>
       </c>
       <c r="AA49">
         <v>3</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
       <c r="AC49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>GEN</v>
       </c>
       <c r="B50" t="str">
         <v>T49</v>
       </c>
       <c r="C50">
         <v>49</v>
       </c>
       <c r="D50" t="str">
-        <v>Conrad Brown</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E50">
         <v>3</v>
       </c>
       <c r="F50">
         <v>57</v>
       </c>
       <c r="G50">
         <v>1</v>
       </c>
+      <c r="H50">
+        <v>272650</v>
+      </c>
       <c r="I50" t="str">
-        <v>cordless</v>
+        <v>scottdedman</v>
       </c>
       <c r="J50">
         <v>3</v>
       </c>
       <c r="K50">
         <v>57</v>
       </c>
       <c r="L50">
         <v>3</v>
       </c>
       <c r="M50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R50">
         <v>4</v>
       </c>
       <c r="S50">
         <v>3</v>
       </c>
       <c r="T50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V50">
         <v>3</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
         <v>3</v>
       </c>
       <c r="Y50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z50">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
       <c r="AC50">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T49</v>
       </c>
       <c r="C51">
         <v>49</v>
       </c>
       <c r="D51" t="str">
-        <v>Harley Stingel</v>
+        <v>Conrad Brown</v>
       </c>
       <c r="E51">
         <v>3</v>
       </c>
       <c r="F51">
         <v>57</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="I51" t="str">
-        <v>thatstheline</v>
+        <v>cordless</v>
       </c>
       <c r="J51">
         <v>3</v>
       </c>
       <c r="K51">
         <v>57</v>
       </c>
       <c r="L51">
         <v>3</v>
       </c>
       <c r="M51">
         <v>3</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
       <c r="T51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V51">
         <v>3</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
       <c r="AC51">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T49</v>
       </c>
       <c r="C52">
         <v>49</v>
       </c>
       <c r="D52" t="str">
-        <v>Scott Dedman</v>
+        <v>Harley Stingel</v>
       </c>
       <c r="E52">
         <v>3</v>
       </c>
       <c r="F52">
         <v>57</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="I52" t="str">
-        <v>forbosis</v>
+        <v>thatstheline</v>
       </c>
       <c r="J52">
         <v>3</v>
       </c>
       <c r="K52">
         <v>57</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O52">
         <v>4</v>
       </c>
       <c r="P52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
       <c r="U52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V52">
         <v>3</v>
       </c>
       <c r="W52">
         <v>3</v>
       </c>
       <c r="X52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA52">
         <v>3</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
       <c r="AC52">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T49</v>
       </c>
       <c r="C53">
         <v>49</v>
       </c>
       <c r="D53" t="str">
         <v>Stephen C</v>
       </c>
       <c r="E53">
         <v>3</v>
       </c>
       <c r="F53">
         <v>57</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="I53" t="str">