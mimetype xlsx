--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -4841,206 +4841,209 @@
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
         <v>4</v>
       </c>
       <c r="AB50">
         <v>4</v>
       </c>
       <c r="AC50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T50</v>
       </c>
       <c r="C51">
         <v>50</v>
       </c>
       <c r="D51" t="str">
-        <v xml:space="preserve">Bryan Perry </v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E51">
         <v>7</v>
       </c>
       <c r="F51">
         <v>61</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
+      <c r="H51">
+        <v>272650</v>
+      </c>
       <c r="I51" t="str">
-        <v>scottperry43</v>
+        <v>scottdedman</v>
       </c>
       <c r="J51">
         <v>7</v>
       </c>
       <c r="K51">
         <v>61</v>
       </c>
       <c r="L51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M51">
         <v>4</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q51">
         <v>5</v>
       </c>
       <c r="R51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
       <c r="T51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W51">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T50</v>
       </c>
       <c r="C52">
         <v>50</v>
       </c>
       <c r="D52" t="str">
-        <v>Scott Dedman</v>
+        <v xml:space="preserve">Bryan Perry </v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
         <v>61</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="I52" t="str">
-        <v>forbosis</v>
+        <v>scottperry43</v>
       </c>
       <c r="J52">
         <v>7</v>
       </c>
       <c r="K52">
         <v>61</v>
       </c>
       <c r="L52">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M52">
         <v>4</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q52">
         <v>5</v>
       </c>
       <c r="R52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z52">
         <v>3</v>
       </c>
       <c r="AA52">
         <v>3</v>
       </c>
       <c r="AB52">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T50</v>
       </c>
       <c r="C53">
         <v>50</v>
       </c>
       <c r="D53" t="str">
         <v>Toby kridle</v>
       </c>
       <c r="E53">
         <v>7</v>
       </c>
       <c r="F53">
         <v>61</v>
       </c>
       <c r="G53">