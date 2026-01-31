--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1083,51 +1083,51 @@
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>48</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>124064</v>
       </c>
       <c r="I8" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J8">
         <v>-6</v>
       </c>
       <c r="K8">
         <v>48</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
@@ -4055,372 +4055,375 @@
       </c>
       <c r="Z41">
         <v>2</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
         <v>5</v>
       </c>
       <c r="AC41">
         <v>2</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T41</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="str">
-        <v>Bill Key</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>55</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
+      <c r="H42">
+        <v>272650</v>
+      </c>
       <c r="I42" t="str">
-        <v>bullkey01</v>
+        <v>scottdedman</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <v>55</v>
       </c>
       <c r="L42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R42">
         <v>4</v>
       </c>
       <c r="S42">
         <v>3</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X42">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y42">
         <v>3</v>
       </c>
       <c r="Z42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
       <c r="AC42">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T41</v>
       </c>
       <c r="C43">
         <v>41</v>
       </c>
       <c r="D43" t="str">
-        <v xml:space="preserve">Coen Fortenberry </v>
+        <v>Bill Key</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>55</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="I43" t="str">
-        <v>jazblu20th</v>
+        <v>bullkey01</v>
       </c>
       <c r="J43">
         <v>1</v>
       </c>
       <c r="K43">
         <v>55</v>
       </c>
       <c r="L43">
         <v>4</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S43">
         <v>3</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
       <c r="AC43">
         <v>2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T41</v>
       </c>
       <c r="C44">
         <v>41</v>
       </c>
       <c r="D44" t="str">
-        <v xml:space="preserve">John Frederick </v>
+        <v xml:space="preserve">Coen Fortenberry </v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
         <v>55</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="I44" t="str">
-        <v>johnfreddy</v>
+        <v>jazblu20th</v>
       </c>
       <c r="J44">
         <v>1</v>
       </c>
       <c r="K44">
         <v>55</v>
       </c>
       <c r="L44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X44">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
       <c r="AC44">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T41</v>
       </c>
       <c r="C45">
         <v>41</v>
       </c>
       <c r="D45" t="str">
-        <v>Scott Dedman</v>
+        <v xml:space="preserve">John Frederick </v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>55</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
       <c r="I45" t="str">
-        <v>forbosis</v>
+        <v>johnfreddy</v>
       </c>
       <c r="J45">
         <v>1</v>
       </c>
       <c r="K45">
         <v>55</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
       <c r="M45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q45">
         <v>4</v>
       </c>
       <c r="R45">
         <v>4</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
         <v>3</v>
       </c>
       <c r="U45">
         <v>3</v>
       </c>
       <c r="V45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X45">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA45">
         <v>3</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
         <v>Paul Davis</v>
       </c>
       <c r="E46">