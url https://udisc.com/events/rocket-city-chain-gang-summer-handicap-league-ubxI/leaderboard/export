--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -1086,51 +1086,51 @@
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Shelby Cowen</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>48</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>124064</v>
       </c>
       <c r="I8" t="str">
-        <v>shelbybirdy</v>
+        <v>shelbycowen</v>
       </c>
       <c r="J8">
         <v>-6</v>
       </c>
       <c r="K8">
         <v>48</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
@@ -4939,381 +4939,384 @@
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>4</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
       <c r="AC51">
         <v>2</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T50</v>
       </c>
       <c r="C52">
         <v>50</v>
       </c>
       <c r="D52" t="str">
-        <v>Chris vickers</v>
+        <v>Scott Dedman</v>
       </c>
       <c r="E52">
         <v>3</v>
       </c>
       <c r="F52">
         <v>57</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
+      <c r="H52">
+        <v>272650</v>
+      </c>
       <c r="I52" t="str">
-        <v>lostecho23</v>
+        <v>scottdedman</v>
       </c>
       <c r="J52">
         <v>3</v>
       </c>
       <c r="K52">
         <v>57</v>
       </c>
       <c r="L52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="Q52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U52">
         <v>3</v>
       </c>
       <c r="V52">
         <v>2</v>
       </c>
       <c r="W52">
         <v>3</v>
       </c>
       <c r="X52">
         <v>3</v>
       </c>
       <c r="Y52">
         <v>3</v>
       </c>
       <c r="Z52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA52">
         <v>4</v>
       </c>
       <c r="AB52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC52">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T50</v>
       </c>
       <c r="C53">
         <v>50</v>
       </c>
       <c r="D53" t="str">
-        <v>Michael Harbin</v>
+        <v>Chris vickers</v>
       </c>
       <c r="E53">
         <v>3</v>
       </c>
       <c r="F53">
         <v>57</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="I53" t="str">
-        <v>mlharbin</v>
+        <v>lostecho23</v>
       </c>
       <c r="J53">
         <v>3</v>
       </c>
       <c r="K53">
         <v>57</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>
       <c r="Q53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S53">
         <v>3</v>
       </c>
       <c r="T53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U53">
         <v>3</v>
       </c>
       <c r="V53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y53">
         <v>3</v>
       </c>
       <c r="Z53">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
       <c r="AC53">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>T50</v>
       </c>
       <c r="C54">
         <v>50</v>
       </c>
       <c r="D54" t="str">
-        <v>Michael Schmuck</v>
+        <v>Michael Harbin</v>
       </c>
       <c r="E54">
         <v>3</v>
       </c>
       <c r="F54">
         <v>57</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="I54" t="str">
-        <v>mikeschmuck</v>
+        <v>mlharbin</v>
       </c>
       <c r="J54">
         <v>3</v>
       </c>
       <c r="K54">
         <v>57</v>
       </c>
       <c r="L54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
+        <v>3</v>
+      </c>
+      <c r="Q54">
+        <v>2</v>
+      </c>
+      <c r="R54">
+        <v>4</v>
+      </c>
+      <c r="S54">
+        <v>3</v>
+      </c>
+      <c r="T54">
+        <v>3</v>
+      </c>
+      <c r="U54">
+        <v>3</v>
+      </c>
+      <c r="V54">
+        <v>3</v>
+      </c>
+      <c r="W54">
+        <v>3</v>
+      </c>
+      <c r="X54">
+        <v>4</v>
+      </c>
+      <c r="Y54">
+        <v>3</v>
+      </c>
+      <c r="Z54">
         <v>5</v>
       </c>
-      <c r="Q54">
-[...28 lines deleted...]
-      </c>
       <c r="AA54">
         <v>2</v>
       </c>
       <c r="AB54">
         <v>3</v>
       </c>
       <c r="AC54">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>GEN</v>
       </c>
       <c r="B55" t="str">
         <v>T50</v>
       </c>
       <c r="C55">
         <v>50</v>
       </c>
       <c r="D55" t="str">
-        <v>Scott Dedman</v>
+        <v>Michael Schmuck</v>
       </c>
       <c r="E55">
         <v>3</v>
       </c>
       <c r="F55">
         <v>57</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="I55" t="str">
-        <v>forbosis</v>
+        <v>mikeschmuck</v>
       </c>
       <c r="J55">
         <v>3</v>
       </c>
       <c r="K55">
         <v>57</v>
       </c>
       <c r="L55">
         <v>4</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
         <v>4</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q55">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W55">
         <v>3</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC55">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
         <v>T55</v>
       </c>
       <c r="C56">
         <v>55</v>
       </c>
       <c r="D56" t="str">
         <v>Christopher "Eric" Konecny</v>
       </c>
       <c r="E56">
         <v>4</v>
       </c>
       <c r="F56">
         <v>58</v>
       </c>
       <c r="G56">
         <v>1</v>
       </c>
       <c r="H56">