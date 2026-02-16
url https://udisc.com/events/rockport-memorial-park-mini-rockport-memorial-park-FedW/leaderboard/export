--- v0 (2026-01-11)
+++ v1 (2026-02-16)
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>T1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>59</v>
       </c>
       <c r="H11" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
         <v>59</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>5</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>