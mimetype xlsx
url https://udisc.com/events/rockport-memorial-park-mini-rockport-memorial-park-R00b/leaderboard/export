--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -1630,51 +1630,51 @@
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA3</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E15">
         <v>16</v>
       </c>
       <c r="F15">
         <v>74</v>
       </c>
       <c r="H15" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I15">
         <v>16</v>
       </c>
       <c r="J15">
         <v>74</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>