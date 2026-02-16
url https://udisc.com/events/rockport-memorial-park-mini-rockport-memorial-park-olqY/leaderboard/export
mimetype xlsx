--- v0 (2026-01-12)
+++ v1 (2026-02-16)
@@ -1716,51 +1716,51 @@
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>7</v>
       </c>
       <c r="C16">
         <v>7</v>
       </c>
       <c r="D16" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E16">
         <v>16</v>
       </c>
       <c r="F16">
         <v>74</v>
       </c>
       <c r="H16" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I16">
         <v>16</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>