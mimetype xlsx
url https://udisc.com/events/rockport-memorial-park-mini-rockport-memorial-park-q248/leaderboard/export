--- v0 (2026-01-12)
+++ v1 (2026-02-16)
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>5</v>
       </c>
       <c r="C13">
         <v>5</v>
       </c>
       <c r="D13" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E13">
         <v>18</v>
       </c>
       <c r="F13">
         <v>76</v>
       </c>
       <c r="H13" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I13">
         <v>18</v>
       </c>
       <c r="J13">
         <v>76</v>
       </c>
       <c r="K13">
         <v>5</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>5</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>