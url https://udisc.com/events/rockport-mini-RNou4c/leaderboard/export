--- v0 (2026-01-12)
+++ v1 (2026-02-16)
@@ -1230,51 +1230,51 @@
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>4</v>
       </c>
       <c r="C10">
         <v>4</v>
       </c>
       <c r="D10" t="str">
         <v>Kimberly Persad</v>
       </c>
       <c r="E10">
         <v>10</v>
       </c>
       <c r="F10">
         <v>68</v>
       </c>
       <c r="H10" t="str">
-        <v>kimmy11</v>
+        <v>kimmoslice</v>
       </c>
       <c r="I10">
         <v>10</v>
       </c>
       <c r="J10">
         <v>68</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>8</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>