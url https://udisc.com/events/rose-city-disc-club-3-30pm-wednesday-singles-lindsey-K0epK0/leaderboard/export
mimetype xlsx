--- v0 (2026-01-02)
+++ v1 (2026-01-22)
@@ -886,128 +886,128 @@
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>AM</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
-        <v>Joshua Parrish</v>
+        <v>Nathan LaCombe</v>
       </c>
       <c r="E6">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F6">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="H6" t="str">
-        <v>cracuhhh</v>
+        <v>shelthan</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="J6">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
         <v>5</v>
       </c>
-      <c r="T6">
-[...1 lines deleted...]
-      </c>
       <c r="U6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
+      <c r="Y6">
+        <v>4</v>
+      </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>AM</v>
       </c>
       <c r="B7" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Casey Waldron</v>
       </c>
       <c r="E7">
         <v>3</v>
       </c>
       <c r="F7">
         <v>45</v>
       </c>
       <c r="G7">
         <v>47077</v>
       </c>
       <c r="H7" t="str">
         <v>caseywaldron9</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>45</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
@@ -1034,126 +1034,120 @@
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>AM</v>
       </c>
       <c r="B8" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Nathan LaCombe</v>
+        <v>Joshua Parrish</v>
       </c>
       <c r="E8">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="H8" t="str">
-        <v>shelthan</v>
+        <v>cracuhhh</v>
       </c>
       <c r="I8">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
+        <v>2</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>4</v>
+      </c>
+      <c r="AA8">
         <v>5</v>
       </c>
-      <c r="U8">
-[...19 lines deleted...]
-      </c>
       <c r="AB8">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>