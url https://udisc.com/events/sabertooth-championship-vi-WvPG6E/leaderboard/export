--- v0 (2026-01-01)
+++ v1 (2026-02-26)
@@ -1004,87 +1004,90 @@
         <v>87</v>
       </c>
       <c r="L15">
         <v>63</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>AM</v>
       </c>
       <c r="B16" t="str">
         <v>2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E16">
         <v>26</v>
       </c>
       <c r="F16">
         <v>154</v>
       </c>
+      <c r="G16">
+        <v>303162</v>
+      </c>
       <c r="H16" t="str">
         <v>draconsky</v>
       </c>
       <c r="I16">
         <v>15</v>
       </c>
       <c r="J16">
         <v>11</v>
       </c>
       <c r="K16">
         <v>86</v>
       </c>
       <c r="L16">
         <v>68</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>AM</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E17">
         <v>45</v>
       </c>
       <c r="F17">
         <v>173</v>
       </c>
       <c r="H17" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I17">
         <v>26</v>
       </c>
       <c r="J17">
         <v>19</v>
       </c>
       <c r="K17">
         <v>97</v>
       </c>
       <c r="L17">
         <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>AM</v>
       </c>
       <c r="B18" t="str">
         <v>4</v>
       </c>
       <c r="C18">
         <v>4</v>
       </c>
       <c r="D18" t="str">
@@ -2678,50 +2681,53 @@
         <v>3</v>
       </c>
       <c r="AE14">
         <v>8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>AM</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E15">
         <v>15</v>
       </c>
       <c r="F15">
         <v>86</v>
       </c>
+      <c r="G15">
+        <v>303162</v>
+      </c>
       <c r="H15" t="str">
         <v>draconsky</v>
       </c>
       <c r="I15">
         <v>15</v>
       </c>
       <c r="J15">
         <v>86</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>8</v>
       </c>
       <c r="N15">
         <v>6</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
@@ -2866,51 +2872,51 @@
       </c>
       <c r="AE16">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>AM</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E17">
         <v>26</v>
       </c>
       <c r="F17">
         <v>97</v>
       </c>
       <c r="H17" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I17">
         <v>26</v>
       </c>
       <c r="J17">
         <v>97</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>7</v>
       </c>
       <c r="N17">
         <v>6</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
@@ -4900,50 +4906,53 @@
         <v>3</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>AM</v>
       </c>
       <c r="B16" t="str">
         <v>2</v>
       </c>
       <c r="C16">
         <v>2</v>
       </c>
       <c r="D16" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E16">
         <v>26</v>
       </c>
       <c r="F16">
         <v>154</v>
       </c>
+      <c r="G16">
+        <v>303162</v>
+      </c>
       <c r="H16" t="str">
         <v>draconsky</v>
       </c>
       <c r="I16">
         <v>11</v>
       </c>
       <c r="J16">
         <v>68</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>5</v>
       </c>
       <c r="P16">
@@ -4987,51 +4996,51 @@
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>AM</v>
       </c>
       <c r="B17" t="str">
         <v>3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
         <v>David Simmons</v>
       </c>
       <c r="E17">
         <v>45</v>
       </c>
       <c r="F17">
         <v>173</v>
       </c>
       <c r="H17" t="str">
-        <v>dsimmons2007</v>
+        <v>dshark808</v>
       </c>
       <c r="I17">
         <v>19</v>
       </c>
       <c r="J17">
         <v>76</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>