--- v0 (2025-11-15)
+++ v1 (2026-03-27)
@@ -2219,209 +2219,212 @@
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Devin Ohare</v>
+        <v>Jordan Walls</v>
       </c>
       <c r="E21">
         <v>11</v>
       </c>
       <c r="F21">
         <v>70</v>
       </c>
+      <c r="G21">
+        <v>323327</v>
+      </c>
       <c r="H21" t="str">
-        <v>devinohare1</v>
+        <v>jordnwalz</v>
       </c>
       <c r="I21">
         <v>11</v>
       </c>
       <c r="J21">
         <v>70</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
         <v>5</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X21">
         <v>4</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB21">
         <v>5</v>
       </c>
       <c r="AC21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>Jordan Walls</v>
+        <v>Devin Ohare</v>
       </c>
       <c r="E22">
         <v>11</v>
       </c>
       <c r="F22">
         <v>70</v>
       </c>
       <c r="H22" t="str">
-        <v>jordnwalz</v>
+        <v>devinohare1</v>
       </c>
       <c r="I22">
         <v>11</v>
       </c>
       <c r="J22">
         <v>70</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>5</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>4</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X22">
         <v>4</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
         <v>5</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
         <v>Mitch Cadwell</v>
       </c>
       <c r="E23">
         <v>12</v>
       </c>
       <c r="F23">
         <v>71</v>
       </c>
       <c r="H23" t="str">
         <v>mcadwell</v>
       </c>
       <c r="I23">