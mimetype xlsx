--- v0 (2025-11-16)
+++ v1 (2026-03-27)
@@ -1482,203 +1482,206 @@
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>5</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Jeff Wallace</v>
+        <v>Jordan Walls</v>
       </c>
       <c r="E13">
         <v>7</v>
       </c>
       <c r="F13">
         <v>65</v>
       </c>
+      <c r="G13">
+        <v>323327</v>
+      </c>
       <c r="H13" t="str">
-        <v>jeffwallace</v>
+        <v>jordnwalz</v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>65</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>4</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
-        <v>Jordan Walls</v>
+        <v>Jeff Wallace</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>65</v>
       </c>
       <c r="H14" t="str">
-        <v>jordnwalz</v>
+        <v>jeffwallace</v>
       </c>
       <c r="I14">
         <v>7</v>
       </c>
       <c r="J14">
         <v>65</v>
       </c>
       <c r="K14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Brandon McClintock</v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15">
         <v>66</v>
       </c>
       <c r="G15">
         <v>206005</v>
       </c>
       <c r="H15" t="str">