--- v0 (2025-11-16)
+++ v1 (2026-03-27)
@@ -3456,50 +3456,53 @@
         <v>4</v>
       </c>
       <c r="AB35">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
         <v>Jordan Walls</v>
       </c>
       <c r="E36">
         <v>15</v>
       </c>
       <c r="F36">
         <v>77</v>
       </c>
+      <c r="G36">
+        <v>323327</v>
+      </c>
       <c r="H36" t="str">
         <v>jordnwalz</v>
       </c>
       <c r="I36">
         <v>15</v>
       </c>
       <c r="J36">
         <v>77</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36">
         <v>4</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>5</v>
       </c>
       <c r="O36">
         <v>6</v>
       </c>
       <c r="P36">