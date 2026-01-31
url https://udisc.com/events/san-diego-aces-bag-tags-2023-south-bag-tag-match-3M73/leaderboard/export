--- v0 (2025-12-21)
+++ v1 (2026-01-31)
@@ -2705,51 +2705,51 @@
       </c>
       <c r="AC26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MEN</v>
       </c>
       <c r="B27" t="str">
         <v>T21</v>
       </c>
       <c r="C27">
         <v>21</v>
       </c>
       <c r="D27" t="str">
         <v>Ryan M Wolovnik</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>57</v>
       </c>
       <c r="H27" t="str">
-        <v>theryeguy73</v>
+        <v>blazinryno</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>57</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>