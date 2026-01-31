--- v0 (2025-12-21)
+++ v1 (2026-01-31)
@@ -3221,51 +3221,51 @@
       </c>
       <c r="AC32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MEN</v>
       </c>
       <c r="B33" t="str">
         <v>T28</v>
       </c>
       <c r="C33">
         <v>28</v>
       </c>
       <c r="D33" t="str">
         <v>Ryan M Wolovnik</v>
       </c>
       <c r="E33">
         <v>-1</v>
       </c>
       <c r="F33">
         <v>56</v>
       </c>
       <c r="H33" t="str">
-        <v>theryeguy73</v>
+        <v>blazinryno</v>
       </c>
       <c r="I33">
         <v>-1</v>
       </c>
       <c r="J33">
         <v>56</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>2</v>
       </c>