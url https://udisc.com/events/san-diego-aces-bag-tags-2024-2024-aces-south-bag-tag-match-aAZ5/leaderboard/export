--- v1 (2026-01-31)
+++ v2 (2026-03-22)
@@ -4252,52 +4252,55 @@
         <v>2</v>
       </c>
       <c r="AC44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MEN</v>
       </c>
       <c r="B45" t="str">
         <v>T44</v>
       </c>
       <c r="C45">
         <v>44</v>
       </c>
       <c r="D45" t="str">
         <v xml:space="preserve">Alan Jenkins </v>
       </c>
       <c r="E45">
         <v>3</v>
       </c>
       <c r="F45">
         <v>60</v>
       </c>
+      <c r="G45">
+        <v>316529</v>
+      </c>
       <c r="H45" t="str">
-        <v>efyoo2</v>
+        <v>hyzerflipz</v>
       </c>
       <c r="I45">
         <v>3</v>
       </c>
       <c r="J45">
         <v>60</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
         <v>4</v>
       </c>
       <c r="O45">
         <v>4</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>