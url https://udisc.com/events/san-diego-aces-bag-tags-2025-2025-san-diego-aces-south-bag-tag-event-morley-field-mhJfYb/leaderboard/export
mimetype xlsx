--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -2055,52 +2055,55 @@
         <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T15</v>
       </c>
       <c r="C19">
         <v>15</v>
       </c>
       <c r="D19" t="str">
         <v xml:space="preserve">Alan Jenkins </v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>58</v>
       </c>
+      <c r="G19">
+        <v>316529</v>
+      </c>
       <c r="H19" t="str">
-        <v>efyoo2</v>
+        <v>hyzerflipz</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>