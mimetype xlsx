--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -3003,50 +3003,53 @@
         <v>3</v>
       </c>
       <c r="AC29">
         <v>54</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T27</v>
       </c>
       <c r="C30">
         <v>27</v>
       </c>
       <c r="D30" t="str">
         <v xml:space="preserve">Aaron Dittmann </v>
       </c>
       <c r="E30">
         <v>8</v>
       </c>
       <c r="F30">
         <v>66</v>
       </c>
+      <c r="G30">
+        <v>310736</v>
+      </c>
       <c r="H30" t="str">
         <v>zuecafajm</v>
       </c>
       <c r="I30">
         <v>8</v>
       </c>
       <c r="J30">
         <v>66</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">