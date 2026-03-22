--- v0 (2025-12-21)
+++ v1 (2026-03-22)
@@ -2049,50 +2049,53 @@
         <v>4</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Aaron Dittmann</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>62</v>
       </c>
+      <c r="G19">
+        <v>310736</v>
+      </c>
       <c r="H19" t="str">
         <v>zuecafajm</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>62</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">