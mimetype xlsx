--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -2265,51 +2265,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Ethan Cooper</v>
       </c>
       <c r="E22">
         <v>17</v>
       </c>
       <c r="F22">
         <v>73</v>
       </c>
       <c r="G22">
         <v>317350</v>
       </c>
       <c r="H22" t="str">
-        <v>coop69</v>
+        <v>ecoop1</v>
       </c>
       <c r="I22">
         <v>17</v>
       </c>
       <c r="J22">
         <v>73</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>4</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>