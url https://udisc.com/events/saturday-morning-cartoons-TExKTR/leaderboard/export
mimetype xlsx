--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -812,51 +812,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Ben West</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>58</v>
       </c>
       <c r="G5">
         <v>258519</v>
       </c>
       <c r="H5" t="str">
-        <v>tvcasualty</v>
+        <v>bwest69</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>58</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -1228,50 +1228,53 @@
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Danny mang</v>
       </c>
       <c r="E10">
         <v>13</v>
       </c>
       <c r="F10">
         <v>67</v>
+      </c>
+      <c r="G10">
+        <v>316021</v>
       </c>
       <c r="H10" t="str">
         <v>mangalang</v>
       </c>
       <c r="I10">
         <v>13</v>
       </c>
       <c r="J10">
         <v>67</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>