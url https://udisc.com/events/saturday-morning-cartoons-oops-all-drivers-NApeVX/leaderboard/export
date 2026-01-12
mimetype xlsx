--- v0 (2025-10-05)
+++ v1 (2026-01-12)
@@ -1150,51 +1150,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Ben West</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>62</v>
       </c>
       <c r="G9">
         <v>258519</v>
       </c>
       <c r="H9" t="str">
-        <v>tvcasualty</v>
+        <v>bwest69</v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>62</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1400,50 +1400,53 @@
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Danny mang</v>
       </c>
       <c r="E12">
         <v>14</v>
       </c>
       <c r="F12">
         <v>71</v>
+      </c>
+      <c r="G12">
+        <v>316021</v>
       </c>
       <c r="H12" t="str">
         <v>mangalang</v>
       </c>
       <c r="I12">
         <v>14</v>
       </c>
       <c r="J12">
         <v>71</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>7</v>
       </c>