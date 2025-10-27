--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1866,51 +1866,51 @@
       <c r="D14">
         <v>-1</v>
       </c>
       <c r="E14" t="str">
         <v>Mixed</v>
       </c>
       <c r="F14" t="str">
         <v>T12</v>
       </c>
       <c r="G14">
         <v>12</v>
       </c>
       <c r="H14" t="str">
         <v>Sander de Wit</v>
       </c>
       <c r="I14">
         <v>10</v>
       </c>
       <c r="J14">
         <v>82</v>
       </c>
       <c r="K14">
         <v>312109</v>
       </c>
       <c r="L14" t="str">
-        <v>ispykip</v>
+        <v>sandythewhite</v>
       </c>
       <c r="M14">
         <v>10</v>
       </c>
       <c r="N14">
         <v>82</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>5</v>
       </c>