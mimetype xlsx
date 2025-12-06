--- v0 (2025-11-16)
+++ v1 (2025-12-06)
@@ -576,54 +576,54 @@
       </c>
       <c r="AH1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AI1" t="str">
         <v>hole_21</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-5</v>
       </c>
       <c r="D2">
         <v>6</v>
       </c>
       <c r="E2" t="str">
         <v>Mixed</v>
       </c>
       <c r="F2" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H2" t="str">
         <v>Remco Broere</v>
       </c>
       <c r="I2">
         <v>-11</v>
       </c>
       <c r="J2">
         <v>61</v>
       </c>
       <c r="K2">
         <v>140774</v>
       </c>
       <c r="L2" t="str">
         <v>rb87nl</v>
       </c>
       <c r="M2">
         <v>-11</v>
       </c>
       <c r="N2">
         <v>61</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
@@ -667,492 +667,522 @@
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>5</v>
       </c>
       <c r="AF2">
         <v>2</v>
       </c>
       <c r="AG2">
         <v>2</v>
       </c>
       <c r="AH2">
         <v>2</v>
       </c>
       <c r="AI2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3">
-        <v>2</v>
+      <c r="A3" t="str">
+        <v>T2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>-4</v>
       </c>
       <c r="D3">
-        <v>-4</v>
+        <v>10</v>
       </c>
       <c r="E3" t="str">
         <v>Mixed</v>
       </c>
       <c r="F3" t="str">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H3" t="str">
-        <v>Nicolas Abello</v>
+        <v>Erwin Duijvelaar</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>-14</v>
       </c>
       <c r="J3">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="K3">
-        <v>273981</v>
+        <v>233789</v>
       </c>
       <c r="L3" t="str">
-        <v>nico273981</v>
+        <v>erwind</v>
       </c>
       <c r="M3">
-        <v>0</v>
+        <v>-14</v>
       </c>
       <c r="N3">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AF3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH3">
         <v>2</v>
       </c>
       <c r="AI3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="B4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C4">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="D4">
-        <v>10</v>
+        <v>-4</v>
       </c>
       <c r="E4" t="str">
         <v>Mixed</v>
       </c>
       <c r="F4" t="str">
-        <v>T1</v>
+        <v>8</v>
       </c>
       <c r="G4">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H4" t="str">
-        <v>Erwin Duijvelaar</v>
+        <v>Nicolas Abello</v>
       </c>
       <c r="I4">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="J4">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="K4">
-        <v>233789</v>
+        <v>273981</v>
       </c>
       <c r="L4" t="str">
-        <v>erwind</v>
+        <v>nico273981</v>
       </c>
       <c r="M4">
-        <v>-11</v>
+        <v>0</v>
       </c>
       <c r="N4">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD4">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>5</v>
+      </c>
+      <c r="AF4">
+        <v>3</v>
+      </c>
+      <c r="AG4">
+        <v>3</v>
+      </c>
+      <c r="AH4">
+        <v>2</v>
+      </c>
+      <c r="AI4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="str">
-        <v>T3</v>
+      <c r="A5">
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="D5">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E5" t="str">
         <v>Mixed</v>
       </c>
       <c r="F5" t="str">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H5" t="str">
-        <v>Timo van Eijk</v>
+        <v>Eric van Wezel</v>
       </c>
       <c r="I5">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J5">
-        <v>67</v>
+        <v>69</v>
+      </c>
+      <c r="K5">
+        <v>302732</v>
       </c>
       <c r="L5" t="str">
-        <v>timovaneijk</v>
+        <v>ericvanwezel</v>
       </c>
       <c r="M5">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="N5">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE5">
         <v>4</v>
       </c>
       <c r="AF5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="str">
-        <v>T3</v>
+      <c r="A6">
+        <v>5</v>
       </c>
       <c r="B6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E6" t="str">
         <v>Mixed</v>
       </c>
       <c r="F6" t="str">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="H6" t="str">
-        <v>Eric van Wezel</v>
+        <v>Timo van Eijk</v>
       </c>
       <c r="I6">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>302732</v>
+        <v>67</v>
       </c>
       <c r="L6" t="str">
-        <v>ericvanwezel</v>
+        <v>timovaneijk</v>
       </c>
       <c r="M6">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="N6">
-        <v>60</v>
+        <v>67</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE6">
         <v>4</v>
       </c>
       <c r="AF6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AG6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH6">
+        <v>2</v>
+      </c>
+      <c r="AI6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D7">
         <v>6</v>
       </c>
       <c r="E7" t="str">
         <v>Mixed</v>
       </c>
       <c r="F7" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H7" t="str">
         <v>Jeroen Böhm</v>
       </c>
       <c r="I7">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J7">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="K7">
         <v>34526</v>
       </c>
       <c r="L7" t="str">
         <v>jeroenb</v>
       </c>
       <c r="M7">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="N7">
-        <v>57</v>
+        <v>66</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>5</v>
       </c>
@@ -1164,277 +1194,316 @@
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>5</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
         <v>2</v>
       </c>
+      <c r="AI7">
+        <v>3</v>
+      </c>
     </row>
     <row r="8">
-      <c r="A8" t="str">
-        <v>T7</v>
+      <c r="A8">
+        <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D8">
         <v>6</v>
       </c>
       <c r="E8" t="str">
         <v>Mixed</v>
       </c>
       <c r="F8" t="str">
-        <v>T5</v>
+        <v>5</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8" t="str">
-        <v>Marion van Linden</v>
+        <v>Yorick Straub</v>
       </c>
       <c r="I8">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J8">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="K8">
-        <v>8748</v>
+        <v>165782</v>
       </c>
       <c r="L8" t="str">
-        <v>marion8748</v>
+        <v>yorickstraub</v>
       </c>
       <c r="M8">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="N8">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD8">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="AE8">
+        <v>4</v>
+      </c>
+      <c r="AF8">
+        <v>3</v>
+      </c>
+      <c r="AG8">
+        <v>3</v>
+      </c>
+      <c r="AH8">
+        <v>3</v>
+      </c>
+      <c r="AI8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D9">
         <v>6</v>
       </c>
       <c r="E9" t="str">
         <v>Mixed</v>
       </c>
       <c r="F9" t="str">
-        <v>T5</v>
+        <v>7</v>
       </c>
       <c r="G9">
+        <v>7</v>
+      </c>
+      <c r="H9" t="str">
+        <v>Marion van Linden</v>
+      </c>
+      <c r="I9">
+        <v>-2</v>
+      </c>
+      <c r="J9">
+        <v>70</v>
+      </c>
+      <c r="K9">
+        <v>8748</v>
+      </c>
+      <c r="L9" t="str">
+        <v>marion8748</v>
+      </c>
+      <c r="M9">
+        <v>-2</v>
+      </c>
+      <c r="N9">
+        <v>70</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
         <v>5</v>
       </c>
-      <c r="H9" t="str">
-[...25 lines deleted...]
-      </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="AE9">
+        <v>6</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
+      </c>
+      <c r="AG9">
+        <v>3</v>
+      </c>
+      <c r="AH9">
+        <v>3</v>
+      </c>
+      <c r="AI9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10">
-        <v>9</v>
+      <c r="A10" t="str">
+        <v>T8</v>
       </c>
       <c r="B10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D10">
         <v>2</v>
       </c>
       <c r="E10" t="str">
         <v>Mixed</v>
       </c>
       <c r="F10" t="str">
         <v>9</v>
       </c>
       <c r="G10">
         <v>9</v>
       </c>
       <c r="H10" t="str">
         <v>Mads de Bruin</v>
       </c>
       <c r="I10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J10">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="K10">
         <v>196788</v>
       </c>
       <c r="L10" t="str">
         <v>madsdebruin</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
-        <v>64</v>
+        <v>74</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
         <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
@@ -1444,50 +1513,53 @@
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
         <v>7</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
       <c r="AH10">
+        <v>3</v>
+      </c>
+      <c r="AI10">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AI10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">