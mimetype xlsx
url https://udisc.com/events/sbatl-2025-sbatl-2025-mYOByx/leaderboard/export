--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -900,51 +900,51 @@
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>Mixed</v>
       </c>
       <c r="F5" t="str">
         <v>4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Sander de Wit</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>76</v>
       </c>
       <c r="K5">
         <v>312109</v>
       </c>
       <c r="L5" t="str">
-        <v>ispykip</v>
+        <v>sandythewhite</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>76</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>