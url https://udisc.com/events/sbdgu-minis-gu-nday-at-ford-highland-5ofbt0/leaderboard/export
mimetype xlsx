--- v0 (2026-01-23)
+++ v1 (2026-03-12)
@@ -1312,50 +1312,53 @@
         <v>5</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Dustyn Ates</v>
       </c>
       <c r="E11">
         <v>3</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
+      <c r="G11">
+        <v>321378</v>
+      </c>
       <c r="H11" t="str">
         <v>makeawish</v>
       </c>
       <c r="I11">
         <v>3</v>
       </c>
       <c r="J11">
         <v>58</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
@@ -1394,50 +1397,53 @@
       <c r="AA11">
         <v>5</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>2</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" t="str">
         <v xml:space="preserve">Daniel Phillips </v>
       </c>
       <c r="E12">
         <v>4</v>
       </c>
       <c r="F12">
         <v>59</v>
+      </c>
+      <c r="G12">
+        <v>321417</v>
       </c>
       <c r="H12" t="str">
         <v>danielrp85</v>
       </c>
       <c r="I12">
         <v>4</v>
       </c>
       <c r="J12">
         <v>59</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>