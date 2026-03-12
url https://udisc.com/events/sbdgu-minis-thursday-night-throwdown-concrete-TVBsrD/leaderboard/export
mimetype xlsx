--- v0 (2026-01-23)
+++ v1 (2026-03-12)
@@ -545,66 +545,75 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Kevin Pelton</v>
       </c>
       <c r="E2">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="F2">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="G2">
         <v>10356</v>
       </c>
       <c r="H2" t="str">
         <v>bigkev70</v>
       </c>
       <c r="I2">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="J2">
-        <v>39</v>
+        <v>47</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>2</v>
       </c>
@@ -708,63 +717,72 @@
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>John Selsor</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G4">
         <v>127028</v>
       </c>
       <c r="H4" t="str">
         <v>hockeypro18</v>
       </c>
       <c r="I4">
         <v>-6</v>
       </c>
       <c r="J4">
-        <v>41</v>
+        <v>50</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
@@ -779,246 +797,258 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>5</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Mark wilson</v>
+        <v>Daniel Vining</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
-        <v>44</v>
+        <v>53</v>
+      </c>
+      <c r="G5">
+        <v>119076</v>
       </c>
       <c r="H5" t="str">
-        <v>papabear64</v>
+        <v>viningd45</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
-        <v>44</v>
+        <v>53</v>
+      </c>
+      <c r="K5">
+        <v>2</v>
+      </c>
+      <c r="L5">
+        <v>2</v>
+      </c>
+      <c r="M5">
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Daniel Vining</v>
+        <v>Mark wilson</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>53</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="str">
-        <v>viningd45</v>
+        <v>papabear64</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>53</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Benjamin Pritchard</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G7">
         <v>133474</v>
       </c>
       <c r="H7" t="str">
         <v>sweeterlover</v>
       </c>
       <c r="I7">
         <v>-2</v>
       </c>
       <c r="J7">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
@@ -1028,80 +1058,83 @@
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Brandon Carr</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G8">
         <v>272035</v>
       </c>
       <c r="H8" t="str">
         <v>bjmc90</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
         <v>3</v>
@@ -1197,413 +1230,452 @@
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>1</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Trenton Hughes</v>
       </c>
       <c r="E10">
         <v>-3</v>
       </c>
       <c r="F10">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H10" t="str">
         <v>trentonghughes</v>
       </c>
       <c r="I10">
         <v>-3</v>
       </c>
       <c r="J10">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
-        <v xml:space="preserve">Brian Phillips </v>
+        <v>Paige Hudson</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
-        <v>46</v>
+        <v>56</v>
+      </c>
+      <c r="G11">
+        <v>116553</v>
       </c>
       <c r="H11" t="str">
-        <v>felipe872</v>
+        <v>phudson3</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>2</v>
+      </c>
+      <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
-        <v>Paige Hudson</v>
+        <v xml:space="preserve">Brian Phillips </v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>116553</v>
+        <v>57</v>
       </c>
       <c r="H12" t="str">
-        <v>phudson3</v>
+        <v>felipe872</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>5</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA1</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
-        <v>Jeremy "Big JERM" Lewis</v>
+        <v>chris clark</v>
       </c>
       <c r="E13">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F13">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>64069</v>
+        <v>63</v>
       </c>
       <c r="H13" t="str">
-        <v>318bigjerm</v>
+        <v>chrisc2805</v>
       </c>
       <c r="I13">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J13">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>4</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>5</v>
+      </c>
+      <c r="AA13">
+        <v>2</v>
+      </c>
+      <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA1</v>
       </c>
       <c r="B14" t="str">
         <v>5</v>
       </c>
       <c r="C14">
         <v>5</v>
       </c>
       <c r="D14" t="str">
-        <v>chris clark</v>
+        <v>Jeremy "Big JERM" Lewis</v>
       </c>
       <c r="E14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F14">
-        <v>52</v>
+        <v>64</v>
+      </c>
+      <c r="G14">
+        <v>64069</v>
       </c>
       <c r="H14" t="str">
-        <v>chrisc2805</v>
+        <v>318bigjerm</v>
       </c>
       <c r="I14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J14">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>5</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>4</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>7</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>