--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1433,51 +1433,51 @@
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
         <v>3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>Aiden Bayless</v>
       </c>
       <c r="F12">
         <v>10</v>
       </c>
       <c r="G12">
         <v>64</v>
       </c>
       <c r="I12" t="str">
-        <v>aidenmtb</v>
+        <v>aidenbaylessdg</v>
       </c>
       <c r="J12">
         <v>10</v>
       </c>
       <c r="K12">
         <v>64</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>