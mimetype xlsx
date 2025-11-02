--- v0 (2025-10-07)
+++ v1 (2025-11-02)
@@ -795,50 +795,53 @@
         <v>3</v>
       </c>
       <c r="AL3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
         <v>Jan Scheyer</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>74</v>
       </c>
+      <c r="K4">
+        <v>316533</v>
+      </c>
       <c r="L4" t="str">
         <v>jan787</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4">
         <v>74</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">