--- v1 (2026-01-16)
+++ v2 (2026-03-13)
@@ -1230,51 +1230,51 @@
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Daniel Riddle &amp; Ian Miller</v>
       </c>
       <c r="E10">
         <v>-10</v>
       </c>
       <c r="F10">
         <v>44</v>
       </c>
       <c r="H10" t="str">
-        <v>steiny23,imiller31</v>
+        <v>danielriddle,imiller31</v>
       </c>
       <c r="I10">
         <v>-10</v>
       </c>
       <c r="J10">
         <v>44</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>