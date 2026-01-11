--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1263,50 +1263,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="C10">
         <v>-5</v>
       </c>
       <c r="D10">
         <v>-5</v>
       </c>
       <c r="E10" t="str">
         <v>ADV</v>
       </c>
       <c r="F10" t="str">
         <v>DNF</v>
       </c>
       <c r="H10" t="str">
         <v>Armando Paguaga</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>34</v>
       </c>
+      <c r="K10">
+        <v>319022</v>
+      </c>
       <c r="L10" t="str">
         <v>disqwizard</v>
       </c>
       <c r="M10">
         <v>0</v>
       </c>
       <c r="N10">
         <v>34</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">