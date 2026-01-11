--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1451,50 +1451,53 @@
       </c>
       <c r="C11">
         <v>-3</v>
       </c>
       <c r="D11">
         <v>-3</v>
       </c>
       <c r="E11" t="str">
         <v>REC</v>
       </c>
       <c r="F11" t="str">
         <v>T3</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="str">
         <v>Roger Green</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
+      <c r="K11">
+        <v>289826</v>
+      </c>
       <c r="L11" t="str">
         <v>rogeeg</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
       <c r="N11">
         <v>56</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>5</v>
       </c>
       <c r="R11">
         <v>5</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">