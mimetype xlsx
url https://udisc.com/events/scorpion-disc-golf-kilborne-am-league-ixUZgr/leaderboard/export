--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1160,50 +1160,53 @@
       </c>
       <c r="C8">
         <v>-8</v>
       </c>
       <c r="D8">
         <v>-2</v>
       </c>
       <c r="E8" t="str">
         <v>REC</v>
       </c>
       <c r="F8" t="str">
         <v>T4</v>
       </c>
       <c r="G8">
         <v>4</v>
       </c>
       <c r="H8" t="str">
         <v>Roger Green</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
         <v>50</v>
       </c>
+      <c r="K8">
+        <v>289826</v>
+      </c>
       <c r="L8" t="str">
         <v>rogeeg</v>
       </c>
       <c r="M8">
         <v>-6</v>
       </c>
       <c r="N8">
         <v>50</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
@@ -1545,50 +1548,53 @@
         <v>11</v>
       </c>
       <c r="C12">
         <v>-5</v>
       </c>
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12" t="str">
         <v>REC</v>
       </c>
       <c r="F12" t="str">
         <v>T4</v>
       </c>
       <c r="G12">
         <v>4</v>
       </c>
       <c r="H12" t="str">
         <v xml:space="preserve">Ronald uriarte </v>
       </c>
       <c r="I12">
         <v>-6</v>
       </c>
       <c r="J12">
         <v>50</v>
+      </c>
+      <c r="K12">
+        <v>195571</v>
       </c>
       <c r="L12" t="str">
         <v>ronald23</v>
       </c>
       <c r="M12">
         <v>-6</v>
       </c>
       <c r="N12">
         <v>50</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>