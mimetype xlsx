--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -2425,50 +2425,53 @@
       </c>
       <c r="C21">
         <v>6</v>
       </c>
       <c r="D21">
         <v>-2</v>
       </c>
       <c r="E21" t="str">
         <v>REC</v>
       </c>
       <c r="F21" t="str">
         <v>T8</v>
       </c>
       <c r="G21">
         <v>8</v>
       </c>
       <c r="H21" t="str">
         <v>Roger Green</v>
       </c>
       <c r="I21">
         <v>8</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
+      <c r="K21">
+        <v>289826</v>
+      </c>
       <c r="L21" t="str">
         <v>rogeeg</v>
       </c>
       <c r="M21">
         <v>8</v>
       </c>
       <c r="N21">
         <v>64</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>
       <c r="Q21">
         <v>4</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">