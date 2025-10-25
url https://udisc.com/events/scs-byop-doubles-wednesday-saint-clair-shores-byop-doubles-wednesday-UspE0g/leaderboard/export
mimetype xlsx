--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -676,51 +676,51 @@
       </c>
       <c r="AH2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Erik Bouwhuis &amp; Nolan Gray</v>
       </c>
       <c r="E3">
         <v>-9</v>
       </c>
       <c r="F3">
         <v>63</v>
       </c>
       <c r="H3" t="str">
-        <v>nolchantis,esausage</v>
+        <v>esausage,nolchantis</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>63</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>