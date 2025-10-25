--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -676,51 +676,51 @@
       </c>
       <c r="AH2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Brian McNamara &amp; Conor Marshall</v>
       </c>
       <c r="E3">
         <v>-8</v>
       </c>
       <c r="F3">
         <v>64</v>
       </c>
       <c r="H3" t="str">
-        <v>br1guy,thecmarshall</v>
+        <v>thecmarshall,br1guy</v>
       </c>
       <c r="I3">
         <v>-8</v>
       </c>
       <c r="J3">
         <v>64</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -777,51 +777,51 @@
       </c>
       <c r="AH3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Nolan Gray &amp; Erik Bouwhuis</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>64</v>
       </c>
       <c r="H4" t="str">
-        <v>nolchantis,esausage</v>
+        <v>esausage,nolchantis</v>
       </c>
       <c r="I4">
         <v>-8</v>
       </c>
       <c r="J4">
         <v>64</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>