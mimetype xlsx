--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -629,1128 +629,1188 @@
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Jess Taz Sorensen</v>
+        <v>Michael Perez</v>
       </c>
       <c r="E3">
         <v>-8</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
-        <v>118503</v>
+        <v>42742</v>
       </c>
       <c r="I3" t="str">
-        <v>tazwazhrrrz</v>
+        <v>mpz333</v>
       </c>
       <c r="J3">
         <v>-8</v>
       </c>
       <c r="K3">
         <v>48</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Nathan Ratliff</v>
+        <v>Jess Taz Sorensen</v>
       </c>
       <c r="E4">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F4">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
-        <v>16689</v>
+        <v>118503</v>
       </c>
       <c r="I4" t="str">
-        <v>nathan16689</v>
+        <v>tazwazhrrrz</v>
       </c>
       <c r="J4">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="K4">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Ben Hamilton</v>
+        <v>Nathan Ratliff</v>
       </c>
       <c r="E5">
         <v>-7</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>16689</v>
+      </c>
       <c r="I5" t="str">
-        <v>bham25354</v>
+        <v>nathan16689</v>
       </c>
       <c r="J5">
         <v>-7</v>
       </c>
       <c r="K5">
         <v>49</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Justin2Names</v>
+        <v>Ben Hamilton</v>
       </c>
       <c r="E6">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F6">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="str">
-        <v>justin2names</v>
+        <v>bham25354</v>
       </c>
       <c r="J6">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="K6">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v xml:space="preserve">Adam Hernandez </v>
+        <v>Justin2Names</v>
       </c>
       <c r="E7">
         <v>-6</v>
       </c>
       <c r="F7">
         <v>50</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>39093</v>
+        <v>33117</v>
       </c>
       <c r="I7" t="str">
-        <v>adamacehernandez574</v>
+        <v>justin2names</v>
       </c>
       <c r="J7">
         <v>-6</v>
       </c>
       <c r="K7">
         <v>50</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Throw Vertical</v>
+        <v xml:space="preserve">Adam Hernandez </v>
       </c>
       <c r="E8">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F8">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
-        <v>44644</v>
+        <v>39093</v>
       </c>
       <c r="I8" t="str">
-        <v>raulalbarez</v>
+        <v>adamacehernandez574</v>
       </c>
       <c r="J8">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="K8">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Aaron zeigler</v>
+        <v>Throw Vertical</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>44644</v>
+      </c>
       <c r="I9" t="str">
-        <v>aaronzeigler</v>
+        <v>raulalbarez</v>
       </c>
       <c r="J9">
         <v>-5</v>
       </c>
       <c r="K9">
         <v>51</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
       <c r="AC9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Johann Wong</v>
+        <v>Aaron zeigler</v>
       </c>
       <c r="E10">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F10">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
-      <c r="H10">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="str">
-        <v>thebackflip</v>
+        <v>aaronzeigler</v>
       </c>
       <c r="J10">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="K10">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
+        <v>T10</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Brooks haney</v>
+        <v>Johann Wong</v>
       </c>
       <c r="E11">
         <v>-4</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>126367</v>
+      </c>
       <c r="I11" t="str">
-        <v>brooksahaney</v>
+        <v>thebackflip</v>
       </c>
       <c r="J11">
         <v>-4</v>
       </c>
       <c r="K11">
         <v>52</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
+        <v>T10</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>JD Ledesma</v>
+        <v>Brooks haney</v>
       </c>
       <c r="E12">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F12">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="I12" t="str">
-        <v>johndavid23</v>
+        <v>brooksahaney</v>
       </c>
       <c r="J12">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K12">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>5</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC12">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Felix Savala</v>
+        <v>JD Ledesma</v>
       </c>
       <c r="E13">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F13">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
       <c r="I13" t="str">
-        <v>savala07</v>
+        <v>johndavid23</v>
       </c>
       <c r="J13">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="K13">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>T13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Jett Freeman</v>
+        <v>Felix Savala</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>54</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14">
-        <v>222117</v>
+        <v>151034</v>
       </c>
       <c r="I14" t="str">
-        <v>jettfreeman</v>
+        <v>savala07</v>
       </c>
       <c r="J14">
         <v>-2</v>
       </c>
       <c r="K14">
         <v>54</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
       <c r="T14">
+        <v>4</v>
+      </c>
+      <c r="U14">
+        <v>4</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
         <v>5</v>
       </c>
-      <c r="U14">
-[...7 lines deleted...]
-      </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
+      <c r="B15" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C15">
+        <v>13</v>
+      </c>
       <c r="D15" t="str">
-        <v>Michael Perez</v>
+        <v>Jett Freeman</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F15">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
-        <v>42742</v>
+        <v>222117</v>
       </c>
       <c r="I15" t="str">
-        <v>mpz333</v>
+        <v>jettfreeman</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K15">
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="L15">
+        <v>2</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>2</v>
+      </c>
+      <c r="Q15">
+        <v>2</v>
+      </c>
+      <c r="R15">
+        <v>2</v>
+      </c>
+      <c r="S15">
+        <v>2</v>
+      </c>
+      <c r="T15">
+        <v>5</v>
+      </c>
+      <c r="U15">
+        <v>3</v>
+      </c>
+      <c r="V15">
+        <v>3</v>
+      </c>
+      <c r="W15">
+        <v>4</v>
+      </c>
+      <c r="X15">
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
+      </c>
+      <c r="AC15">
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Jess Taz Sorensen</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16">
         <v>118503</v>
       </c>
       <c r="I16" t="str">