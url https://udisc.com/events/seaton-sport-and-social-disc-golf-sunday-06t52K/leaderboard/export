--- v0 (2025-11-03)
+++ v1 (2025-11-29)
@@ -642,90 +642,93 @@
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
       <c r="AD2">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Seaton</v>
       </c>
       <c r="E3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="H3" t="str">
         <v>saetin</v>
       </c>
       <c r="I3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J3">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K3">
         <v>5</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
+      </c>
+      <c r="T3">
+        <v>4</v>
       </c>
       <c r="U3">
         <v>5</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>5</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>5</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>