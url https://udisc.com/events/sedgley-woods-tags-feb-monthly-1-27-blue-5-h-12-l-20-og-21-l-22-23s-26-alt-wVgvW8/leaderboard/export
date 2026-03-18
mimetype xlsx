--- v0 (2026-02-22)
+++ v1 (2026-03-18)
@@ -2468,64 +2468,67 @@
         <v>6</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
       <c r="AG18">
         <v>3</v>
       </c>
       <c r="AH18">
         <v>4</v>
       </c>
       <c r="AI18">
         <v>4</v>
       </c>
       <c r="AJ18">
         <v>4</v>
       </c>
       <c r="AK18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
+      <c r="B19" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D19" t="str">
-        <v>Chris White</v>
+        <v>Joshua Winer</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>0</v>
       </c>
       <c r="G19">
-        <v>203730</v>
+        <v>109587</v>
       </c>
       <c r="H19" t="str">
-        <v>trustedsabre77</v>
+        <v>joshuawiner</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AK19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>