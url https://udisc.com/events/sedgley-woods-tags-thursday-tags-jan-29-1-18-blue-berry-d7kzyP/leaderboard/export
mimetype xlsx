--- v0 (2026-01-29)
+++ v1 (2026-02-22)
@@ -1132,54 +1132,51 @@
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Nancy Elias</v>
       </c>
       <c r="E9">
         <v>12</v>
       </c>
       <c r="F9">
         <v>45</v>
       </c>
       <c r="G9">
         <v>26872</v>
       </c>
       <c r="H9" t="str">
         <v>faerienan</v>
       </c>
       <c r="I9">
         <v>12</v>
       </c>
       <c r="J9">
         <v>45</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>