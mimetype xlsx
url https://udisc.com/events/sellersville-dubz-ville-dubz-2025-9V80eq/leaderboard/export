--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -1078,51 +1078,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Brian Murray &amp; Nicole Olsen</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>-9</v>
       </c>
       <c r="G8">
         <v>52</v>
       </c>
       <c r="I8" t="str">
-        <v>bmurray423,venusstarlit</v>
+        <v>bmurray423,nikimory</v>
       </c>
       <c r="J8">
         <v>-9</v>
       </c>
       <c r="K8">
         <v>52</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>