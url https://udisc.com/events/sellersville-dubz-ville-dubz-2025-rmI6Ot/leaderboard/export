--- v0 (2025-10-06)
+++ v1 (2026-03-24)
@@ -1680,51 +1680,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Nicole Olsen &amp; Ben Isaak</v>
       </c>
       <c r="E15">
         <v>-3</v>
       </c>
       <c r="F15">
         <v>-1</v>
       </c>
       <c r="G15">
         <v>60</v>
       </c>
       <c r="I15" t="str">
-        <v>venusstarlit,benjamint1224</v>
+        <v>nikimory,benjamint1224</v>
       </c>
       <c r="J15">
         <v>-1</v>
       </c>
       <c r="K15">
         <v>60</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>