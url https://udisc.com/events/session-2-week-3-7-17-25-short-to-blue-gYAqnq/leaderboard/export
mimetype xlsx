--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -2986,50 +2986,53 @@
       </c>
       <c r="C27">
         <v>-2</v>
       </c>
       <c r="D27">
         <v>0</v>
       </c>
       <c r="E27" t="str">
         <v>GEN</v>
       </c>
       <c r="F27" t="str">
         <v>T16</v>
       </c>
       <c r="G27">
         <v>16</v>
       </c>
       <c r="H27" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I27">
         <v>-2</v>
       </c>
       <c r="J27">
         <v>55</v>
       </c>
+      <c r="K27">
+        <v>163793</v>
+      </c>
       <c r="L27" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M27">
         <v>-2</v>
       </c>
       <c r="N27">
         <v>55</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>4</v>
       </c>
       <c r="Q27">
         <v>2</v>
       </c>
       <c r="R27">
         <v>4</v>
       </c>
       <c r="S27">
         <v>2</v>
       </c>
       <c r="T27">